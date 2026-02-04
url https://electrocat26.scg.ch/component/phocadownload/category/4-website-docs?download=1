--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -2,120 +2,129 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="590279ED" w14:textId="09F87095" w:rsidR="00127FB5" w:rsidRPr="00422CCB" w:rsidRDefault="007E236A" w:rsidP="0085475C">
+    <w:p w14:paraId="590279ED" w14:textId="0F428AC2" w:rsidR="00127FB5" w:rsidRPr="00422CCB" w:rsidRDefault="0069611E" w:rsidP="0085475C">
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="10206"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0069611E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Summer School on Electrocatalysis and Electrosynthesis 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00127FB5" w:rsidRPr="00422CCB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Event XY</w:t>
-[...26 lines deleted...]
-        <w:t>Symposium</w:t>
+        <w:t>Stoss Lodge</w:t>
       </w:r>
       <w:r w:rsidR="00D51B50" w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Month, Year</w:t>
+        <w:t>Aug 30 – Sep 3</w:t>
+      </w:r>
+      <w:r w:rsidR="007E236A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F0C5A5B" w14:textId="59CC8D51" w:rsidR="00127FB5" w:rsidRPr="00422CCB" w:rsidRDefault="00F066B4" w:rsidP="005F1132">
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
         <w:spacing w:before="720" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Title </w:t>
       </w:r>
@@ -474,71 +483,51 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> et dolore magna </w:t>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>aliquyam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -852,71 +841,51 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>sanctus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Lorem ipsum </w:t>
+        <w:t xml:space="preserve"> est Lorem ipsum </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>dolor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> sit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -1152,71 +1121,51 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> et dolore magna </w:t>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>aliquyam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -1450,71 +1399,51 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Stet </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>clita</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> kasd </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>gubergren</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, no sea </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -1530,71 +1459,51 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>sanctus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Lorem ipsum </w:t>
+        <w:t xml:space="preserve"> est Lorem ipsum </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>dolor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> sit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -1921,71 +1830,51 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> et dolore magna </w:t>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>aliquyam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -2299,71 +2188,51 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>sanctus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Lorem ipsum</w:t>
+        <w:t xml:space="preserve"> est Lorem ipsum</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1756421B" w14:textId="77777777" w:rsidR="00F066B4" w:rsidRPr="00422CCB" w:rsidRDefault="00F066B4" w:rsidP="003F64A3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5290F7F9" w14:textId="2CDE56F5" w:rsidR="00D51B50" w:rsidRPr="00422CCB" w:rsidRDefault="00127FB5" w:rsidP="008331AF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
@@ -2514,203 +2383,204 @@
       <w:r w:rsidR="00F066B4" w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
       <w:r w:rsidRPr="00422CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B01061" w:rsidRPr="00422CCB" w:rsidSect="0085475C">
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="851" w:right="843" w:bottom="1134" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
-    <w:altName w:val="﷽﷽﷽﷽﷽﷽"/>
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000500000000020000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
-    <w:altName w:val="Lucida Grande"/>
     <w:panose1 w:val="020B0600040502020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-  <w:zoom w:percent="102"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="200"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00127FB5"/>
     <w:rsid w:val="00003EAE"/>
     <w:rsid w:val="00127FB5"/>
     <w:rsid w:val="00136EA8"/>
     <w:rsid w:val="00175283"/>
     <w:rsid w:val="00287894"/>
     <w:rsid w:val="002B0ADE"/>
     <w:rsid w:val="002E6540"/>
     <w:rsid w:val="003035CE"/>
     <w:rsid w:val="00344509"/>
     <w:rsid w:val="003F64A3"/>
     <w:rsid w:val="00422CCB"/>
     <w:rsid w:val="004E05AA"/>
     <w:rsid w:val="00523292"/>
     <w:rsid w:val="0053054D"/>
     <w:rsid w:val="00552389"/>
     <w:rsid w:val="005F1132"/>
     <w:rsid w:val="005F2138"/>
     <w:rsid w:val="006679DA"/>
+    <w:rsid w:val="0069611E"/>
     <w:rsid w:val="007410AB"/>
     <w:rsid w:val="007E236A"/>
     <w:rsid w:val="00805126"/>
     <w:rsid w:val="008331AF"/>
     <w:rsid w:val="0085475C"/>
     <w:rsid w:val="008B69F4"/>
     <w:rsid w:val="00A66DAD"/>
     <w:rsid w:val="00AC3859"/>
     <w:rsid w:val="00B01061"/>
     <w:rsid w:val="00B13367"/>
     <w:rsid w:val="00C13C57"/>
     <w:rsid w:val="00CA6CE4"/>
     <w:rsid w:val="00CE75EB"/>
     <w:rsid w:val="00D51B50"/>
     <w:rsid w:val="00D73583"/>
+    <w:rsid w:val="00DA2785"/>
     <w:rsid w:val="00ED1F40"/>
     <w:rsid w:val="00F066B4"/>
     <w:rsid w:val="00F62A50"/>
     <w:rsid w:val="00FE2C32"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="68BC605B"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3134,51 +3004,51 @@
     <w:rsid w:val="00127FB5"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SprechblasentextZchn">
     <w:name w:val="Sprechblasentext Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Sprechblasentext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00127FB5"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2060745761">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="883298720">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -3815,72 +3685,98 @@
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100A26A2128867C5048989760898E67EF5A" ma:contentTypeVersion="12" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="4c2ad62b9375b7408a3194eaf8196efa">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bfe293dd-7c16-4ed0-829c-cc3ec004e605" xmlns:ns3="0ac20c63-5cfd-47d9-a295-abd5225ef63d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8b383816d6ed9b8ff17ad9ca11583dbd" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="bfe293dd-7c16-4ed0-829c-cc3ec004e605">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="0ac20c63-5cfd-47d9-a295-abd5225ef63d" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100A26A2128867C5048989760898E67EF5A" ma:contentTypeVersion="19" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="36c7f37b69db2b50beb842380a4e1a39">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bfe293dd-7c16-4ed0-829c-cc3ec004e605" xmlns:ns3="0ac20c63-5cfd-47d9-a295-abd5225ef63d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="96029e5e8815e9f3c91da18869f9b58a" ns2:_="" ns3:_="">
     <xsd:import namespace="bfe293dd-7c16-4ed0-829c-cc3ec004e605"/>
     <xsd:import namespace="0ac20c63-5cfd-47d9-a295-abd5225ef63d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="bfe293dd-7c16-4ed0-829c-cc3ec004e605" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -3901,79 +3797,117 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="15" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="16" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkierungen" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="d0d27ff3-e43c-4ed6-9667-7365958ce45c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0ac20c63-5cfd-47d9-a295-abd5225ef63d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Freigegeben für" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Freigegeben für - Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{62cf5b8a-cfa0-4db2-ab24-565ac6126eb2}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="0ac20c63-5cfd-47d9-a295-abd5225ef63d">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhaltstyp"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -4031,131 +3965,101 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A92FFFD-45E5-4DBC-8BDA-EC5300E4E67E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D1CAB6F-C548-4E0A-BD45-7BC4AB072F90}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="bfe293dd-7c16-4ed0-829c-cc3ec004e605"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE265C4A-F9DE-4D9B-BEB4-7FEDB93B782D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D1CAB6F-C548-4E0A-BD45-7BC4AB072F90}">
-[...4 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6AFA1E77-5423-45A5-92C8-74A7A83C4564}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>186</Words>
-  <Characters>951</Characters>
+  <Words>178</Words>
+  <Characters>1014</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SCG</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1135</CharactersWithSpaces>
+  <CharactersWithSpaces>1191</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>David Spichiger</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A26A2128867C5048989760898E67EF5A</vt:lpwstr>